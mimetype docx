--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -206,51 +206,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00E22BBC" w:rsidR="005D77E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TIME  \@ "dd-MM-yyyy" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E22BBC" w:rsidR="005D77E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E22BBC" w:rsidR="005D77E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="da-DK"/>
         </w:rPr>
-        <w:t>31-10-2025</w:t>
+        <w:t>30-12-2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00E22BBC" w:rsidR="005D77E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E22BBC" w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E22BBC" w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="da-DK"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E22BBC" w:rsidR="00CC785A">
         <w:rPr>
           <w:b/>