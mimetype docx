--- v0 (2025-10-25)
+++ v1 (2025-12-19)
@@ -148,51 +148,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TIME \@ "yyyy-MM-dd" </w:instrText>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>2025-10-25</w:t>
+        <w:t>2025-12-19</w:t>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC785A" w:rsidR="00CC785A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ref:</w:t>