--- v1 (2025-12-19)
+++ v2 (2026-02-07)
@@ -148,51 +148,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TIME \@ "yyyy-MM-dd" </w:instrText>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>2025-12-19</w:t>
+        <w:t>2026-02-07</w:t>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CC785A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CC785A" w:rsidR="00CC785A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ref:</w:t>